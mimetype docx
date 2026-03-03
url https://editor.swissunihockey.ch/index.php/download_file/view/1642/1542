--- v0 (2025-11-17)
+++ v1 (2026-03-03)
@@ -1,1601 +1,1913 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A26B11" w:rsidRDefault="004B3B17" w:rsidP="001B21D5">
+    <w:p w14:paraId="52BF3B45" w14:textId="443C620B" w:rsidR="00A26B11" w:rsidRDefault="00F03529" w:rsidP="001B21D5">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03529">
+        <w:t>Commitment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>Co</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00721705">
-        <w:t>mit</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Spielphilosophie</w:t>
+        <w:t>Spielphilosophie</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A26B11" w:rsidRDefault="00721705" w:rsidP="001B21D5">
+    <w:p w14:paraId="0D51B843" w14:textId="0139FAE8" w:rsidR="00A26B11" w:rsidRDefault="00721705" w:rsidP="001B21D5">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ausbildungsgrundsätze für Trainer </w:t>
+        <w:t>Ausbildungsgrundsätze für Trainer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:t xml:space="preserve"> und Trainerinnen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="13168EED" w14:textId="77777777" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial,Bold" w:hAnsi="Arial,Bold" w:cs="Arial,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="6375D07E" w14:textId="77777777" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial,Bold" w:hAnsi="Arial,Bold" w:cs="Arial,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="2F7DDCE9" w14:textId="77777777" w:rsidR="003A42C3" w:rsidRPr="00721705" w:rsidRDefault="003A42C3" w:rsidP="003A42C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="354B569A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Club: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="354B569A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727F9E06" w14:textId="77777777" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial,Bold" w:hAnsi="Arial,Bold" w:cs="Arial,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
-[...20 lines deleted...]
-    <w:p w:rsidR="00721705" w:rsidRPr="00115413" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="24DE4F62" w14:textId="04ECCAD9" w:rsidR="00721705" w:rsidRPr="00115413" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00115413">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>«Jeder Spieler soll die Möglichkeit haben, sein Talent zu entwickeln. Als Trainer nehme ich meine Verantwortung wahr und sorge dafür, dass sich jedes Kind entfalten kann.“</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>Alle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115413">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spieler</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*innen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115413">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soll</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115413">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die Möglichkeit haben, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ihr </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115413">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>Talent zu entwickeln. Als Traine</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>r*in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115413">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nehme ich meine Verantwortung wahr und sorge dafür, dass sich jedes Kind entfalten kann.“</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="7F98182C" w14:textId="77777777" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial,Bold" w:hAnsi="Arial,Bold" w:cs="Arial,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="08E44B52" w14:textId="292F4721" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00721705">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Ich bin mir meiner Vorbildrolle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>bewusst und betrachte den Spielleiter</w:t>
+        <w:t>bewusst und betrachte den</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>/die</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spielleiter</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>als Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*i</w:t>
       </w:r>
       <w:r w:rsidR="00115413">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>/die Spielleiterin</w:t>
+        <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> als </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> für die Ausbildung der Spieler</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115413">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>nnen</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>Partner</w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="392A3BAB" w14:textId="464D19DE" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ich gewähre allen Kindern über die ganze Saison gleich viel Einsatzzeit. Ich setze weniger weit entwickelte </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ich gewähre allen Kindern über die ganze Saison gleich viel Einsatzzeit. Ich setze weniger weit entwickelte Spieler</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*i</w:t>
+      </w:r>
+      <w:r w:rsidR="00115413">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>nnen</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>Spieler</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> auch bei knappen Spielständen ein. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="243FCF69" w14:textId="77777777" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Ich sorge dafür, dass die Kinder mit für sie optimalem Material spielen (Stocklänge, Schaufelbogen). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="3F04C324" w14:textId="7447B45A" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>Ich bin Ausbildner, Betreuer, Motivator, Tröster, Schulterklopfer oder Streitschlichter aber KEIN Resultattrainer.</w:t>
+        <w:t>Ich bin Ausbildner</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>, Betreuer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>, Motivator</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>, Tröster</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>, Schulterklopfer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder Streitschlichte</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>r*</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aber KEIN</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>/E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Resultattrainer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="34BF074F" w14:textId="5B3328AC" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ich stelle die Faszination Unihockey an die erste Stelle. Den Resultateifer bringen die Kinder selber mit.</w:t>
+        <w:t xml:space="preserve"> Ich stelle die Faszination Unihockey an die erste Stelle. Den Resultateifer bringen die Kinder selb</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mit.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="1F882344" w14:textId="672DAE57" w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t>Ich ermögliche jedem Spieler Erfahrungen auf allen Spielpositionen.</w:t>
+        <w:t xml:space="preserve">Ich ermögliche </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>allen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spieler</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*innen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Erfahrungen auf allen Spielpositionen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRPr="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="44BD98B5" w14:textId="5E4245C4" w:rsidR="00721705" w:rsidRPr="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ich berücksichtige die Entwicklungsstufe jedes Kindes und gebe mein Bestes die Spieler individuell zu fördern. </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>Ich berücksichtige die Entwicklungsstufe jedes Kindes und gebe mein Bestes die Spieler</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>*innen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuell zu fördern. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRPr="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="389829A7" w14:textId="77777777" w:rsidR="00721705" w:rsidRPr="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00721705" w:rsidRPr="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
+    <w:p w14:paraId="4082B399" w14:textId="77777777" w:rsidR="00721705" w:rsidRPr="00721705" w:rsidRDefault="00721705" w:rsidP="00721705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="5040"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="3858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="24EB835F" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7130DCCE" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9764A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7A93BE13" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9764A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="10EFC6D5" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9764A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vorname </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="59AB8A75" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRPr="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9764A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="1F34B4B1" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7A1B9752" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="0F890D64" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="17D37EB0" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="27AFD2BF" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="0E80ACDB" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="4404B2D5" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="034D68A1" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="4BB39465" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="4350D177" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="2B097E8D" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7974133D" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="75130883" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="763A8571" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="3E1E49FF" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="47B0F594" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="2648A291" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="4B91691F" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="247A98F0" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="0E49FE64" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="1410D7C8" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="6ACA11E5" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="651D63F1" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="3390082B" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="37961783" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="125FF529" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="6532C94E" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="68619145" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="020EFF67" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="1468C526" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="3AE43059" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="064CF2C6" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="510A5757" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="14C59467" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7ADAE731" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="715B53F6" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="5F1F8F63" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="58CCA6A0" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="3E2123EA" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="186B8F0B" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="5CD36013" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="57B102B2" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="3CC14A18" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="5E4455FB" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7EA36129" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9764A" w:rsidTr="00E9764A">
+      <w:tr w:rsidR="00E9764A" w14:paraId="6C4D13AC" w14:textId="77777777" w:rsidTr="00E9764A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="34198E3F" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="5372DC74" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="7880389C" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+          <w:p w14:paraId="6A08BD25" w14:textId="77777777" w:rsidR="00E9764A" w:rsidRDefault="00E9764A" w:rsidP="00721705">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A26B11" w:rsidRDefault="00A26B11" w:rsidP="00721705">
+    <w:p w14:paraId="63F8A884" w14:textId="77777777" w:rsidR="00A26B11" w:rsidRDefault="00A26B11" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001710F0" w:rsidRPr="00721705" w:rsidRDefault="00E9764A" w:rsidP="00721705">
+    <w:p w14:paraId="5565B3AF" w14:textId="5F73003F" w:rsidR="001710F0" w:rsidRPr="00721705" w:rsidRDefault="00E9764A" w:rsidP="00721705">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Das </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F03529" w:rsidRPr="00F03529">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Commitment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F03529" w:rsidRPr="00F03529">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Commitment</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>muss von den Trainer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>*inne</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> muss von den Trainern der Stufen F-, E-, D- und C-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>n der Stufen F-, E-, D- und C-Junior</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03529">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>*i</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>JuniorInnen</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Trainerinnen sind selbstverständlich immer mitgemeint. </w:t>
+        <w:t xml:space="preserve">nnen unterzeichnet werden. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001710F0" w:rsidRPr="00721705" w:rsidSect="00052061">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="1560" w:left="1134" w:header="709" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="003F19FE">
+    <w:p w14:paraId="1258D3D9" w14:textId="77777777" w:rsidR="0042673F" w:rsidRDefault="0042673F" w:rsidP="003F19FE">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="003F19FE">
+    <w:p w14:paraId="1B96B1A3" w14:textId="77777777" w:rsidR="0042673F" w:rsidRDefault="0042673F" w:rsidP="003F19FE">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial,Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Museo Slab 300">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="003F19FE">
+    <w:p w14:paraId="3A536C35" w14:textId="77777777" w:rsidR="0042673F" w:rsidRDefault="0042673F" w:rsidP="003F19FE">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00721705" w:rsidRDefault="00721705" w:rsidP="003F19FE">
+    <w:p w14:paraId="7C77E6D9" w14:textId="77777777" w:rsidR="0042673F" w:rsidRDefault="0042673F" w:rsidP="003F19FE">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="3685" w:type="dxa"/>
       <w:tblInd w:w="2093" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3685"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A74A1B" w:rsidRPr="00FC40F8" w:rsidTr="00A74A1B">
+    <w:tr w:rsidR="00A74A1B" w:rsidRPr="00FC40F8" w14:paraId="0B7F3349" w14:textId="77777777" w:rsidTr="00A74A1B">
       <w:trPr>
         <w:trHeight w:val="719"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3685" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00A74A1B" w:rsidRPr="003F19FE" w:rsidRDefault="00A74A1B" w:rsidP="00846241">
+        <w:p w14:paraId="078384EA" w14:textId="77777777" w:rsidR="00A74A1B" w:rsidRPr="003F19FE" w:rsidRDefault="00A74A1B" w:rsidP="00846241">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:spacing w:line="264" w:lineRule="auto"/>
             <w:ind w:left="1026" w:right="-109"/>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="de-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72625D65" wp14:editId="42A5DC4F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79AF8F87" wp14:editId="5F223583">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1329055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="insideMargin">
                   <wp:posOffset>69427</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1597660" cy="567055"/>
                 <wp:effectExtent l="0" t="0" r="2540" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Grafik 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="suh_rgb_3_high_res.jpg"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1607,116 +1919,115 @@
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1597660" cy="567055"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00A74A1B" w:rsidRPr="003F19FE" w:rsidRDefault="00A74A1B" w:rsidP="002E1123">
+        <w:p w14:paraId="5B8EAC92" w14:textId="77777777" w:rsidR="00A74A1B" w:rsidRPr="003F19FE" w:rsidRDefault="00A74A1B" w:rsidP="002E1123">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:spacing w:line="264" w:lineRule="auto"/>
             <w:ind w:left="1026" w:right="175"/>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00E032CA" w:rsidRPr="00FC40F8" w:rsidRDefault="00E032CA">
+  <w:p w14:paraId="29DF2D9F" w14:textId="77777777" w:rsidR="00E032CA" w:rsidRPr="00FC40F8" w:rsidRDefault="00E032CA">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="6379" w:type="dxa"/>
       <w:tblInd w:w="2093" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3685"/>
       <w:gridCol w:w="2694"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00E032CA" w:rsidRPr="00FC40F8" w:rsidTr="00861E09">
+    <w:tr w:rsidR="00E032CA" w:rsidRPr="00FC40F8" w14:paraId="73DEB08D" w14:textId="77777777" w:rsidTr="00861E09">
       <w:trPr>
         <w:trHeight w:val="719"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3685" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00A26B11" w:rsidRPr="003F19FE" w:rsidRDefault="00E032CA" w:rsidP="00A26B11">
+        <w:p w14:paraId="1BAD0C44" w14:textId="77777777" w:rsidR="00A26B11" w:rsidRPr="003F19FE" w:rsidRDefault="00E032CA" w:rsidP="00A26B11">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:spacing w:line="264" w:lineRule="auto"/>
             <w:ind w:left="1026" w:right="-109"/>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="de-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70019CD6" wp14:editId="08EAAB4B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E6BCC04" wp14:editId="487E7EBC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1329055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="insideMargin">
                   <wp:posOffset>69427</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1597660" cy="567055"/>
                 <wp:effectExtent l="0" t="0" r="2540" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Grafik 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="suh_rgb_3_high_res.jpg"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1737,113 +2048,112 @@
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00E032CA" w:rsidRPr="003F19FE" w:rsidRDefault="00E032CA" w:rsidP="00861E09">
+        <w:p w14:paraId="58BC41AD" w14:textId="77777777" w:rsidR="00E032CA" w:rsidRPr="003F19FE" w:rsidRDefault="00E032CA" w:rsidP="00861E09">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:spacing w:line="264" w:lineRule="auto"/>
             <w:ind w:left="1026" w:right="175"/>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2694" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00A26B11" w:rsidRPr="00FC40F8" w:rsidRDefault="00E032CA" w:rsidP="00A26B11">
+        <w:p w14:paraId="493073CC" w14:textId="77777777" w:rsidR="00A26B11" w:rsidRPr="00FC40F8" w:rsidRDefault="00E032CA" w:rsidP="00A26B11">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:spacing w:line="264" w:lineRule="auto"/>
             <w:ind w:left="-108"/>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00E032CA" w:rsidRPr="00FC40F8" w:rsidRDefault="00E032CA" w:rsidP="00861E09">
+        <w:p w14:paraId="62D72CCD" w14:textId="77777777" w:rsidR="00E032CA" w:rsidRPr="00FC40F8" w:rsidRDefault="00E032CA" w:rsidP="00861E09">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:spacing w:line="264" w:lineRule="auto"/>
             <w:ind w:left="1168" w:hanging="1276"/>
             <w:rPr>
               <w:spacing w:val="10"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00E032CA" w:rsidRDefault="00E032CA">
+  <w:p w14:paraId="412809A2" w14:textId="77777777" w:rsidR="00E032CA" w:rsidRDefault="00E032CA">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="729D33F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1354E804"/>
     <w:lvl w:ilvl="0" w:tplc="FE324730">
       <w:start w:val="27"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2053,195 +2363,202 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1068184293">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1934506627">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00721705"/>
     <w:rsid w:val="0000295A"/>
     <w:rsid w:val="00052061"/>
     <w:rsid w:val="00115413"/>
     <w:rsid w:val="00124A2F"/>
     <w:rsid w:val="00127282"/>
     <w:rsid w:val="00157E94"/>
     <w:rsid w:val="001710F0"/>
     <w:rsid w:val="0017547B"/>
     <w:rsid w:val="001B21D5"/>
     <w:rsid w:val="0026353A"/>
     <w:rsid w:val="002D3A25"/>
     <w:rsid w:val="002E1123"/>
     <w:rsid w:val="002F588E"/>
     <w:rsid w:val="00327773"/>
     <w:rsid w:val="003A185D"/>
+    <w:rsid w:val="003A42C3"/>
     <w:rsid w:val="003F19FE"/>
+    <w:rsid w:val="0042673F"/>
     <w:rsid w:val="004630BC"/>
     <w:rsid w:val="00472E79"/>
     <w:rsid w:val="00494028"/>
     <w:rsid w:val="004B3B17"/>
     <w:rsid w:val="004D16BA"/>
     <w:rsid w:val="00522003"/>
     <w:rsid w:val="005934A3"/>
     <w:rsid w:val="005A740F"/>
     <w:rsid w:val="00613676"/>
     <w:rsid w:val="00683FFA"/>
     <w:rsid w:val="00721705"/>
     <w:rsid w:val="00743732"/>
     <w:rsid w:val="0076441B"/>
     <w:rsid w:val="00790F92"/>
     <w:rsid w:val="007D0B06"/>
     <w:rsid w:val="007F648C"/>
     <w:rsid w:val="00810FEA"/>
     <w:rsid w:val="00846241"/>
+    <w:rsid w:val="008504F2"/>
     <w:rsid w:val="008552AC"/>
     <w:rsid w:val="00861E09"/>
     <w:rsid w:val="008C7CA4"/>
+    <w:rsid w:val="008F1BA4"/>
     <w:rsid w:val="009053C2"/>
     <w:rsid w:val="0093550C"/>
     <w:rsid w:val="00A26B11"/>
     <w:rsid w:val="00A74A1B"/>
     <w:rsid w:val="00A95FF4"/>
     <w:rsid w:val="00B1027C"/>
     <w:rsid w:val="00B9536F"/>
     <w:rsid w:val="00BB1B14"/>
     <w:rsid w:val="00BB29A2"/>
     <w:rsid w:val="00BB6FB7"/>
     <w:rsid w:val="00BD7682"/>
     <w:rsid w:val="00C05A30"/>
     <w:rsid w:val="00C51BFD"/>
     <w:rsid w:val="00C60255"/>
     <w:rsid w:val="00C83A4A"/>
     <w:rsid w:val="00CC40E6"/>
     <w:rsid w:val="00CE0224"/>
     <w:rsid w:val="00CF62AB"/>
     <w:rsid w:val="00D733CF"/>
     <w:rsid w:val="00DA356A"/>
     <w:rsid w:val="00E032CA"/>
     <w:rsid w:val="00E5252D"/>
+    <w:rsid w:val="00E8694C"/>
     <w:rsid w:val="00E9764A"/>
+    <w:rsid w:val="00F03529"/>
     <w:rsid w:val="00F1147A"/>
     <w:rsid w:val="00F437B1"/>
     <w:rsid w:val="00F53A33"/>
     <w:rsid w:val="00F82CA6"/>
     <w:rsid w:val="00FC40F8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7B9D8848"/>
+  <w14:docId w14:val="5E2903EC"/>
   <w15:docId w15:val="{4BE66A96-3825-43F8-94FC-C598555C8DCC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2573,50 +2890,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008552AC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="5040"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Zitat"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E5252D"/>
@@ -3043,74 +3361,74 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00E9764A"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1971089932">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\reto.balmer\Desktop\Vorlagen\Dokument-%20Textvorlage.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3370,84 +3688,362 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100EF6849FD25605C42B3411A65CD3DE047" ma:contentTypeVersion="11" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="40d50ec0d9a473bc34dfa62a3f2027ed">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="86f1a591-7453-4fe5-92ac-8341a05513cf" xmlns:ns3="7ab66fd7-2fcd-4339-9930-d64e386a1733" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14d6919260e5445e69d5ff2a4d743b73" ns2:_="" ns3:_="">
+    <xsd:import namespace="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
+    <xsd:import namespace="7ab66fd7-2fcd-4339-9930-d64e386a1733"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:m7aa2674883f455cae96e89d73cb7650" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="86f1a591-7453-4fe5-92ac-8341a05513cf" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Unternehmensstichwörter" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e5b87c00-7a17-42ea-a43b-3117ce3c1009}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="86f1a591-7453-4fe5-92ac-8341a05513cf">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="m7aa2674883f455cae96e89d73cb7650" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="m7aa2674883f455cae96e89d73cb7650" ma:taxonomyFieldName="ManagedKeyword" ma:displayName="Verwaltetes Stichwort" ma:default="" ma:fieldId="{67aa2674-883f-455c-ae96-e89d73cb7650}" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="d5a49cda-06ce-400c-a7a4-cfdc8cb3f84e" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ab66fd7-2fcd-4339-9930-d64e386a1733" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="15" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
+    <TaxKeywordTaxHTField xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <m7aa2674883f455cae96e89d73cb7650 xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </m7aa2674883f455cae96e89d73cb7650>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CDE116F-8942-4B1E-A8BA-2ED0A2A0D531}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49B45DC5-5249-4881-838D-9C8E71733585}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
+    <ds:schemaRef ds:uri="7ab66fd7-2fcd-4339-9930-d64e386a1733"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF1102DF-8135-4097-81C0-6BB4D2EDB54C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC0D77E5-0D54-494B-9A31-539140B4315D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dokument- Textvorlage</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>191</Words>
-  <Characters>1208</Characters>
+  <Words>184</Words>
+  <Characters>1165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Swissunihockey</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1397</CharactersWithSpaces>
+  <CharactersWithSpaces>1347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Reto Balmer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100EF6849FD25605C42B3411A65CD3DE047</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>424400</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ManagedKeyword">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxKeyword">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>