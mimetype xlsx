--- v0 (2025-12-16)
+++ v1 (2026-03-19)
@@ -4,86 +4,86 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://swissunihockey.sharepoint.com/sites/tp-frauen-a-nationalteam/Freigegebene Dokumente/General/1_Planung_Frauen A Nationalteam/2026/1_Jahreskalender/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="202" documentId="8_{ACD0D689-555E-48BC-B3B3-59DB748C0CE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5E0C3665-E768-498D-8C2C-CF8E6FE9564E}"/>
+  <xr:revisionPtr revIDLastSave="208" documentId="8_{ACD0D689-555E-48BC-B3B3-59DB748C0CE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{902F80DE-E646-4261-B99E-ED40C23C8931}"/>
   <bookViews>
-    <workbookView xWindow="54495" yWindow="-2250" windowWidth="26010" windowHeight="20985" tabRatio="574" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28695" yWindow="-5370" windowWidth="26010" windowHeight="20985" tabRatio="574" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Kalender 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Kalender 2026'!$A$1:$AV$37</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="38">
   <si>
     <t>Legende:</t>
   </si>
   <si>
     <t>Definitiv</t>
   </si>
   <si>
     <t>Provisorisch, Änderungen sind vorbehalten</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Februar</t>
   </si>
   <si>
     <t>März</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
@@ -490,51 +490,51 @@
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="78">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -631,120 +631,132 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="49" fontId="10" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="49" fontId="11" fillId="10" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00CC0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -1237,51 +1249,51 @@
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kalenderpedia.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kalenderpedia.de/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AW37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="AZ22" sqref="AZ22"/>
+      <selection activeCell="BA21" sqref="BA21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.1796875" customWidth="1"/>
     <col min="2" max="2" width="3.81640625" customWidth="1"/>
     <col min="3" max="3" width="5.81640625" customWidth="1"/>
     <col min="4" max="4" width="2.81640625" customWidth="1"/>
     <col min="5" max="5" width="3.6328125" customWidth="1"/>
     <col min="6" max="6" width="3.81640625" customWidth="1"/>
     <col min="7" max="7" width="5.81640625" customWidth="1"/>
     <col min="8" max="8" width="2.81640625" customWidth="1"/>
     <col min="9" max="9" width="3.1796875" customWidth="1"/>
     <col min="10" max="10" width="3.81640625" customWidth="1"/>
     <col min="11" max="11" width="5.81640625" customWidth="1"/>
     <col min="12" max="12" width="2.81640625" customWidth="1"/>
     <col min="13" max="13" width="3.1796875" customWidth="1"/>
     <col min="14" max="14" width="3.81640625" customWidth="1"/>
     <col min="15" max="15" width="5.81640625" customWidth="1"/>
     <col min="16" max="16" width="2.81640625" customWidth="1"/>
     <col min="17" max="17" width="3.1796875" customWidth="1"/>
     <col min="18" max="18" width="3.81640625" customWidth="1"/>
     <col min="19" max="19" width="5.81640625" customWidth="1"/>
     <col min="20" max="20" width="3.54296875" customWidth="1"/>
     <col min="21" max="21" width="4.453125" bestFit="1" customWidth="1"/>
@@ -1547,122 +1559,122 @@
       <c r="Y5" s="18"/>
       <c r="Z5" s="18"/>
       <c r="AA5" s="18"/>
       <c r="AB5" s="18"/>
       <c r="AC5" s="18"/>
       <c r="AE5" s="18"/>
       <c r="AF5" s="18"/>
       <c r="AG5" s="18"/>
       <c r="AH5" s="18"/>
       <c r="AI5" s="18"/>
       <c r="AJ5" s="18"/>
       <c r="AK5" s="18"/>
       <c r="AL5" s="18"/>
       <c r="AM5" s="18"/>
       <c r="AN5" s="18"/>
       <c r="AO5" s="18"/>
       <c r="AP5" s="18"/>
       <c r="AQ5" s="18"/>
       <c r="AR5" s="18"/>
       <c r="AS5" s="18"/>
       <c r="AT5" s="19"/>
       <c r="AU5" s="18"/>
       <c r="AV5" s="18"/>
     </row>
     <row r="6" spans="1:49" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="52" t="s">
+      <c r="A6" s="62" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="53"/>
-[...2 lines deleted...]
-      <c r="E6" s="52" t="s">
+      <c r="B6" s="63"/>
+      <c r="C6" s="63"/>
+      <c r="D6" s="64"/>
+      <c r="E6" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="F6" s="53"/>
-[...2 lines deleted...]
-      <c r="I6" s="52" t="s">
+      <c r="F6" s="63"/>
+      <c r="G6" s="63"/>
+      <c r="H6" s="64"/>
+      <c r="I6" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="J6" s="53"/>
-[...2 lines deleted...]
-      <c r="M6" s="52" t="s">
+      <c r="J6" s="63"/>
+      <c r="K6" s="63"/>
+      <c r="L6" s="64"/>
+      <c r="M6" s="62" t="s">
         <v>6</v>
       </c>
-      <c r="N6" s="53"/>
-[...2 lines deleted...]
-      <c r="Q6" s="52" t="s">
+      <c r="N6" s="63"/>
+      <c r="O6" s="63"/>
+      <c r="P6" s="64"/>
+      <c r="Q6" s="62" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="53"/>
-[...2 lines deleted...]
-      <c r="U6" s="52" t="s">
+      <c r="R6" s="63"/>
+      <c r="S6" s="63"/>
+      <c r="T6" s="64"/>
+      <c r="U6" s="62" t="s">
         <v>8</v>
       </c>
-      <c r="V6" s="53"/>
-[...2 lines deleted...]
-      <c r="Y6" s="52" t="s">
+      <c r="V6" s="63"/>
+      <c r="W6" s="63"/>
+      <c r="X6" s="64"/>
+      <c r="Y6" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="Z6" s="53"/>
-[...2 lines deleted...]
-      <c r="AC6" s="52" t="s">
+      <c r="Z6" s="63"/>
+      <c r="AA6" s="63"/>
+      <c r="AB6" s="64"/>
+      <c r="AC6" s="62" t="s">
         <v>10</v>
       </c>
-      <c r="AD6" s="53"/>
-[...2 lines deleted...]
-      <c r="AG6" s="52" t="s">
+      <c r="AD6" s="63"/>
+      <c r="AE6" s="63"/>
+      <c r="AF6" s="64"/>
+      <c r="AG6" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="AH6" s="53"/>
-[...2 lines deleted...]
-      <c r="AK6" s="52" t="s">
+      <c r="AH6" s="63"/>
+      <c r="AI6" s="63"/>
+      <c r="AJ6" s="64"/>
+      <c r="AK6" s="62" t="s">
         <v>12</v>
       </c>
-      <c r="AL6" s="53"/>
-[...2 lines deleted...]
-      <c r="AO6" s="52" t="s">
+      <c r="AL6" s="63"/>
+      <c r="AM6" s="63"/>
+      <c r="AN6" s="64"/>
+      <c r="AO6" s="62" t="s">
         <v>13</v>
       </c>
-      <c r="AP6" s="53"/>
-[...2 lines deleted...]
-      <c r="AS6" s="52" t="s">
+      <c r="AP6" s="63"/>
+      <c r="AQ6" s="63"/>
+      <c r="AR6" s="64"/>
+      <c r="AS6" s="62" t="s">
         <v>14</v>
       </c>
-      <c r="AT6" s="53"/>
-[...1 lines deleted...]
-      <c r="AV6" s="54"/>
+      <c r="AT6" s="63"/>
+      <c r="AU6" s="63"/>
+      <c r="AV6" s="64"/>
       <c r="AW6" s="10"/>
     </row>
     <row r="7" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="33">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="28"/>
       <c r="E7" s="35">
         <v>1</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="31"/>
       <c r="H7" s="32"/>
       <c r="I7" s="35">
         <v>1</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>19</v>
       </c>
@@ -1672,60 +1684,60 @@
         <v>1</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O7" s="15"/>
       <c r="P7" s="28" t="s">
         <v>22</v>
       </c>
       <c r="Q7" s="33">
         <v>1</v>
       </c>
       <c r="R7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="S7" s="15"/>
       <c r="T7" s="28"/>
       <c r="U7" s="33">
         <v>1</v>
       </c>
       <c r="V7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W7" s="15"/>
       <c r="X7" s="3"/>
-      <c r="Y7" s="64">
+      <c r="Y7" s="50">
         <v>1</v>
       </c>
-      <c r="Z7" s="65" t="s">
-[...2 lines deleted...]
-      <c r="AA7" s="70" t="s">
+      <c r="Z7" s="51" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA7" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="AB7" s="71"/>
+      <c r="AB7" s="59"/>
       <c r="AC7" s="34">
         <v>1</v>
       </c>
       <c r="AD7" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AE7" s="29"/>
       <c r="AF7" s="30"/>
       <c r="AG7" s="33">
         <v>1</v>
       </c>
       <c r="AH7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AI7" s="15"/>
       <c r="AJ7" s="28"/>
       <c r="AK7" s="33">
         <v>1</v>
       </c>
       <c r="AL7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AM7" s="15"/>
       <c r="AN7" s="28"/>
       <c r="AO7" s="35">
@@ -1788,58 +1800,60 @@
       <c r="T8" s="30"/>
       <c r="U8" s="33">
         <v>2</v>
       </c>
       <c r="V8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="W8" s="15"/>
       <c r="X8" s="28"/>
       <c r="Y8" s="33">
         <v>2</v>
       </c>
       <c r="Z8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AA8" s="15"/>
       <c r="AB8" s="28"/>
       <c r="AC8" s="35">
         <v>2</v>
       </c>
       <c r="AD8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AE8" s="31"/>
       <c r="AF8" s="32"/>
-      <c r="AG8" s="33">
+      <c r="AG8" s="36">
         <v>2</v>
       </c>
-      <c r="AH8" s="2" t="s">
-[...3 lines deleted...]
-      <c r="AJ8" s="28"/>
+      <c r="AH8" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="AI8" s="56" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ8" s="57"/>
       <c r="AK8" s="33">
         <v>2</v>
       </c>
       <c r="AL8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AM8" s="15"/>
       <c r="AN8" s="28"/>
       <c r="AO8" s="33">
         <v>2</v>
       </c>
       <c r="AP8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AQ8" s="15"/>
       <c r="AR8" s="3"/>
       <c r="AS8" s="33">
         <v>2</v>
       </c>
       <c r="AT8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AU8" s="15"/>
       <c r="AV8" s="28"/>
     </row>
@@ -1852,96 +1866,96 @@
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="30"/>
       <c r="E9" s="33">
         <v>3</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="15"/>
       <c r="H9" s="28"/>
       <c r="I9" s="33">
         <v>3</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="15"/>
       <c r="L9" s="28"/>
       <c r="M9" s="33">
         <v>3</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="O9" s="57" t="s">
+      <c r="O9" s="65" t="s">
         <v>24</v>
       </c>
-      <c r="P9" s="58"/>
+      <c r="P9" s="66"/>
       <c r="Q9" s="35">
         <v>3</v>
       </c>
       <c r="R9" s="12" t="s">
         <v>19</v>
       </c>
       <c r="S9" s="31"/>
       <c r="T9" s="32"/>
       <c r="U9" s="33">
         <v>3</v>
       </c>
       <c r="V9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="W9" s="15"/>
       <c r="X9" s="28"/>
       <c r="Y9" s="33">
         <v>3</v>
       </c>
       <c r="Z9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA9" s="15"/>
       <c r="AB9" s="28"/>
       <c r="AC9" s="33">
         <v>3</v>
       </c>
       <c r="AD9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE9" s="15"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="36">
         <v>3</v>
       </c>
       <c r="AH9" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="AI9" s="50" t="s">
+      <c r="AI9" s="56" t="s">
         <v>34</v>
       </c>
-      <c r="AJ9" s="51"/>
+      <c r="AJ9" s="57"/>
       <c r="AK9" s="34">
         <v>3</v>
       </c>
       <c r="AL9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AM9" s="29"/>
       <c r="AN9" s="30"/>
       <c r="AO9" s="33">
         <v>3</v>
       </c>
       <c r="AP9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AQ9" s="15"/>
       <c r="AR9" s="28"/>
       <c r="AS9" s="33">
         <v>3</v>
       </c>
       <c r="AT9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU9" s="15"/>
       <c r="AV9" s="28"/>
     </row>
@@ -1996,54 +2010,54 @@
       </c>
       <c r="W10" s="15"/>
       <c r="X10" s="28"/>
       <c r="Y10" s="34">
         <v>4</v>
       </c>
       <c r="Z10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AA10" s="29"/>
       <c r="AB10" s="30"/>
       <c r="AC10" s="33">
         <v>4</v>
       </c>
       <c r="AD10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AE10" s="15"/>
       <c r="AF10" s="28"/>
       <c r="AG10" s="36">
         <v>4</v>
       </c>
       <c r="AH10" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="AI10" s="50" t="s">
+      <c r="AI10" s="56" t="s">
         <v>34</v>
       </c>
-      <c r="AJ10" s="51"/>
+      <c r="AJ10" s="57"/>
       <c r="AK10" s="35">
         <v>4</v>
       </c>
       <c r="AL10" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AM10" s="31"/>
       <c r="AN10" s="32"/>
       <c r="AO10" s="33">
         <v>4</v>
       </c>
       <c r="AP10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AQ10" s="15"/>
       <c r="AR10" s="28"/>
       <c r="AS10" s="33">
         <v>4</v>
       </c>
       <c r="AT10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AU10" s="15"/>
       <c r="AV10" s="28"/>
     </row>
@@ -2098,204 +2112,204 @@
       </c>
       <c r="W11" s="15"/>
       <c r="X11" s="28"/>
       <c r="Y11" s="35">
         <v>5</v>
       </c>
       <c r="Z11" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AA11" s="31"/>
       <c r="AB11" s="32"/>
       <c r="AC11" s="33">
         <v>5</v>
       </c>
       <c r="AD11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AE11" s="15"/>
       <c r="AF11" s="28"/>
       <c r="AG11" s="38">
         <v>5</v>
       </c>
       <c r="AH11" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="AI11" s="50" t="s">
+      <c r="AI11" s="56" t="s">
         <v>34</v>
       </c>
-      <c r="AJ11" s="51"/>
+      <c r="AJ11" s="57"/>
       <c r="AK11" s="33">
         <v>5</v>
       </c>
       <c r="AL11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AM11" s="15"/>
       <c r="AN11" s="3"/>
       <c r="AO11" s="33">
         <v>5</v>
       </c>
       <c r="AP11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AQ11" s="15"/>
       <c r="AR11" s="28"/>
       <c r="AS11" s="34">
         <v>5</v>
       </c>
       <c r="AT11" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AU11" s="29"/>
       <c r="AV11" s="30"/>
     </row>
     <row r="12" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="33">
         <v>6</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C12" s="57" t="s">
+      <c r="C12" s="65" t="s">
         <v>23</v>
       </c>
-      <c r="D12" s="58"/>
+      <c r="D12" s="66"/>
       <c r="E12" s="42">
         <v>6</v>
       </c>
       <c r="F12" s="43" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="44" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="45"/>
       <c r="I12" s="33">
         <v>6</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="15"/>
       <c r="L12" s="28"/>
       <c r="M12" s="33">
         <v>6</v>
       </c>
       <c r="N12" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="O12" s="59" t="s">
+      <c r="O12" s="67" t="s">
         <v>25</v>
       </c>
-      <c r="P12" s="60"/>
+      <c r="P12" s="68"/>
       <c r="Q12" s="33">
         <v>6</v>
       </c>
       <c r="R12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="S12" s="15"/>
       <c r="T12" s="28"/>
       <c r="U12" s="34">
         <v>6</v>
       </c>
       <c r="V12" s="11" t="s">
         <v>16</v>
       </c>
       <c r="W12" s="29"/>
       <c r="X12" s="30"/>
       <c r="Y12" s="33">
         <v>6</v>
       </c>
       <c r="Z12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AA12" s="15"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="33">
         <v>6</v>
       </c>
       <c r="AD12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AE12" s="15"/>
       <c r="AF12" s="28"/>
       <c r="AG12" s="40">
         <v>6</v>
       </c>
       <c r="AH12" s="41" t="s">
         <v>19</v>
       </c>
-      <c r="AI12" s="50" t="s">
+      <c r="AI12" s="56" t="s">
         <v>34</v>
       </c>
-      <c r="AJ12" s="51"/>
+      <c r="AJ12" s="57"/>
       <c r="AK12" s="33">
         <v>6</v>
       </c>
       <c r="AL12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AM12" s="15"/>
       <c r="AN12" s="28"/>
       <c r="AO12" s="33">
         <v>6</v>
       </c>
       <c r="AP12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AQ12" s="15"/>
       <c r="AR12" s="28"/>
       <c r="AS12" s="35">
         <v>6</v>
       </c>
       <c r="AT12" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AU12" s="31"/>
       <c r="AV12" s="32"/>
     </row>
     <row r="13" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="33">
         <v>7</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="28"/>
       <c r="E13" s="46">
         <v>7</v>
       </c>
       <c r="F13" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="G13" s="61" t="s">
+      <c r="G13" s="69" t="s">
         <v>33</v>
       </c>
-      <c r="H13" s="62"/>
+      <c r="H13" s="70"/>
       <c r="I13" s="34">
         <v>7</v>
       </c>
       <c r="J13" s="11" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="29"/>
       <c r="L13" s="30"/>
       <c r="M13" s="33">
         <v>7</v>
       </c>
       <c r="N13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="28"/>
       <c r="Q13" s="33">
         <v>7</v>
       </c>
       <c r="R13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="S13" s="15"/>
       <c r="T13" s="28"/>
       <c r="U13" s="35">
@@ -2348,54 +2362,54 @@
       <c r="AR13" s="30"/>
       <c r="AS13" s="33">
         <v>7</v>
       </c>
       <c r="AT13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU13" s="15"/>
       <c r="AV13" s="3"/>
     </row>
     <row r="14" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="33">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="28"/>
       <c r="E14" s="48">
         <v>8</v>
       </c>
       <c r="F14" s="49" t="s">
         <v>19</v>
       </c>
-      <c r="G14" s="63" t="s">
+      <c r="G14" s="71" t="s">
         <v>33</v>
       </c>
-      <c r="H14" s="63"/>
+      <c r="H14" s="71"/>
       <c r="I14" s="35">
         <v>8</v>
       </c>
       <c r="J14" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="31"/>
       <c r="L14" s="32"/>
       <c r="M14" s="33">
         <v>8</v>
       </c>
       <c r="N14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="28"/>
       <c r="Q14" s="33">
         <v>8</v>
       </c>
       <c r="R14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="S14" s="15"/>
       <c r="T14" s="28"/>
       <c r="U14" s="33">
@@ -2618,54 +2632,54 @@
       </c>
       <c r="AE16" s="15"/>
       <c r="AF16" s="3"/>
       <c r="AG16" s="33">
         <v>10</v>
       </c>
       <c r="AH16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AI16" s="15"/>
       <c r="AJ16" s="28"/>
       <c r="AK16" s="34">
         <v>10</v>
       </c>
       <c r="AL16" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AM16" s="29"/>
       <c r="AN16" s="30"/>
       <c r="AO16" s="36">
         <v>10</v>
       </c>
       <c r="AP16" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="AQ16" s="50" t="s">
+      <c r="AQ16" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="AR16" s="51"/>
+      <c r="AR16" s="57"/>
       <c r="AS16" s="33">
         <v>10</v>
       </c>
       <c r="AT16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU16" s="15"/>
       <c r="AV16" s="28"/>
     </row>
     <row r="17" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="35">
         <v>11</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="32"/>
       <c r="E17" s="33">
         <v>11</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="15"/>
@@ -2720,54 +2734,54 @@
       </c>
       <c r="AE17" s="15"/>
       <c r="AF17" s="28"/>
       <c r="AG17" s="33">
         <v>11</v>
       </c>
       <c r="AH17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AI17" s="15"/>
       <c r="AJ17" s="28"/>
       <c r="AK17" s="35">
         <v>11</v>
       </c>
       <c r="AL17" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AM17" s="31"/>
       <c r="AN17" s="32"/>
       <c r="AO17" s="36">
         <v>11</v>
       </c>
       <c r="AP17" s="37" t="s">
         <v>15</v>
       </c>
-      <c r="AQ17" s="50" t="s">
+      <c r="AQ17" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="AR17" s="51"/>
+      <c r="AR17" s="57"/>
       <c r="AS17" s="33">
         <v>11</v>
       </c>
       <c r="AT17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AU17" s="15"/>
       <c r="AV17" s="28"/>
     </row>
     <row r="18" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="33">
         <v>12</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="3"/>
       <c r="E18" s="33">
         <v>12</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="15"/>
@@ -2820,54 +2834,54 @@
       </c>
       <c r="AE18" s="15"/>
       <c r="AF18" s="28"/>
       <c r="AG18" s="34">
         <v>12</v>
       </c>
       <c r="AH18" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AI18" s="29"/>
       <c r="AJ18" s="30"/>
       <c r="AK18" s="33">
         <v>12</v>
       </c>
       <c r="AL18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AM18" s="15"/>
       <c r="AN18" s="3"/>
       <c r="AO18" s="36">
         <v>12</v>
       </c>
       <c r="AP18" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="AQ18" s="50" t="s">
+      <c r="AQ18" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="AR18" s="51"/>
+      <c r="AR18" s="57"/>
       <c r="AS18" s="34">
         <v>12</v>
       </c>
       <c r="AT18" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AU18" s="29"/>
       <c r="AV18" s="30"/>
     </row>
     <row r="19" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="33">
         <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="28"/>
       <c r="E19" s="33">
         <v>13</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="15"/>
@@ -2920,352 +2934,352 @@
       </c>
       <c r="AE19" s="15"/>
       <c r="AF19" s="28"/>
       <c r="AG19" s="35">
         <v>13</v>
       </c>
       <c r="AH19" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AI19" s="31"/>
       <c r="AJ19" s="32"/>
       <c r="AK19" s="33">
         <v>13</v>
       </c>
       <c r="AL19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AM19" s="15"/>
       <c r="AN19" s="28"/>
       <c r="AO19" s="36">
         <v>13</v>
       </c>
       <c r="AP19" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="AQ19" s="50" t="s">
+      <c r="AQ19" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="AR19" s="51"/>
+      <c r="AR19" s="57"/>
       <c r="AS19" s="35">
         <v>13</v>
       </c>
       <c r="AT19" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AU19" s="31"/>
       <c r="AV19" s="32"/>
     </row>
     <row r="20" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="33">
         <v>14</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="28"/>
       <c r="E20" s="34">
         <v>14</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="29"/>
       <c r="H20" s="30"/>
       <c r="I20" s="34">
         <v>14</v>
       </c>
       <c r="J20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="29"/>
       <c r="L20" s="30"/>
       <c r="M20" s="33">
         <v>14</v>
       </c>
       <c r="N20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="33">
         <v>14</v>
       </c>
       <c r="R20" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="S20" s="57" t="s">
+      <c r="S20" s="65" t="s">
         <v>26</v>
       </c>
-      <c r="T20" s="58"/>
+      <c r="T20" s="66"/>
       <c r="U20" s="35">
         <v>14</v>
       </c>
       <c r="V20" s="12" t="s">
         <v>19</v>
       </c>
       <c r="W20" s="31"/>
       <c r="X20" s="32"/>
       <c r="Y20" s="33">
         <v>14</v>
       </c>
       <c r="Z20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AA20" s="15"/>
       <c r="AB20" s="28"/>
       <c r="AC20" s="33">
         <v>14</v>
       </c>
       <c r="AD20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AE20" s="15"/>
       <c r="AF20" s="28"/>
       <c r="AG20" s="33">
         <v>14</v>
       </c>
       <c r="AH20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AI20" s="15"/>
       <c r="AJ20" s="3"/>
       <c r="AK20" s="33">
         <v>14</v>
       </c>
       <c r="AL20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AM20" s="15"/>
       <c r="AN20" s="28"/>
       <c r="AO20" s="38">
         <v>14</v>
       </c>
       <c r="AP20" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="AQ20" s="50" t="s">
+      <c r="AQ20" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="AR20" s="51"/>
+      <c r="AR20" s="57"/>
       <c r="AS20" s="33">
         <v>14</v>
       </c>
       <c r="AT20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU20" s="15"/>
       <c r="AV20" s="3"/>
     </row>
     <row r="21" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="33">
         <v>15</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="28"/>
       <c r="E21" s="35">
         <v>15</v>
       </c>
       <c r="F21" s="12" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="31"/>
       <c r="H21" s="32"/>
       <c r="I21" s="35">
         <v>15</v>
       </c>
       <c r="J21" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="31"/>
       <c r="L21" s="32"/>
       <c r="M21" s="33">
         <v>15</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="28"/>
       <c r="Q21" s="33">
         <v>15</v>
       </c>
       <c r="R21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="S21" s="15"/>
       <c r="T21" s="28"/>
-      <c r="U21" s="64">
-[...5 lines deleted...]
-      <c r="W21" s="66" t="s">
+      <c r="U21" s="50">
+        <v>15</v>
+      </c>
+      <c r="V21" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="W21" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="X21" s="67"/>
+      <c r="X21" s="73"/>
       <c r="Y21" s="33">
         <v>15</v>
       </c>
       <c r="Z21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AA21" s="15"/>
       <c r="AB21" s="28"/>
       <c r="AC21" s="34">
         <v>15</v>
       </c>
       <c r="AD21" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AE21" s="29"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="33">
         <v>15</v>
       </c>
       <c r="AH21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AI21" s="15"/>
       <c r="AJ21" s="28"/>
       <c r="AK21" s="33">
         <v>15</v>
       </c>
       <c r="AL21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AM21" s="15"/>
       <c r="AN21" s="28"/>
       <c r="AO21" s="40">
         <v>15</v>
       </c>
       <c r="AP21" s="41" t="s">
         <v>19</v>
       </c>
-      <c r="AQ21" s="50" t="s">
+      <c r="AQ21" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="AR21" s="51"/>
+      <c r="AR21" s="57"/>
       <c r="AS21" s="33">
         <v>15</v>
       </c>
       <c r="AT21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AU21" s="15"/>
       <c r="AV21" s="28"/>
     </row>
     <row r="22" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="33">
         <v>16</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="28"/>
       <c r="E22" s="33">
         <v>16</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="15"/>
       <c r="H22" s="3"/>
       <c r="I22" s="33">
         <v>16</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="15"/>
       <c r="L22" s="3"/>
       <c r="M22" s="33">
         <v>16</v>
       </c>
       <c r="N22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="34">
         <v>16</v>
       </c>
       <c r="R22" s="11" t="s">
         <v>16</v>
       </c>
       <c r="S22" s="29"/>
       <c r="T22" s="30"/>
-      <c r="U22" s="64">
-[...5 lines deleted...]
-      <c r="W22" s="66" t="s">
+      <c r="U22" s="50">
+        <v>16</v>
+      </c>
+      <c r="V22" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="W22" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="X22" s="67"/>
+      <c r="X22" s="73"/>
       <c r="Y22" s="33">
         <v>16</v>
       </c>
       <c r="Z22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AA22" s="15"/>
       <c r="AB22" s="28"/>
       <c r="AC22" s="35">
         <v>16</v>
       </c>
       <c r="AD22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AE22" s="31"/>
       <c r="AF22" s="32"/>
       <c r="AG22" s="33">
         <v>16</v>
       </c>
       <c r="AH22" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AI22" s="15"/>
       <c r="AJ22" s="28"/>
-      <c r="AK22" s="64">
-[...5 lines deleted...]
-      <c r="AM22" s="70" t="s">
+      <c r="AK22" s="50">
+        <v>16</v>
+      </c>
+      <c r="AL22" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="AM22" s="58" t="s">
         <v>37</v>
       </c>
-      <c r="AN22" s="71"/>
+      <c r="AN22" s="59"/>
       <c r="AO22" s="33">
         <v>16</v>
       </c>
       <c r="AP22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AQ22" s="15"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="33">
         <v>16</v>
       </c>
       <c r="AT22" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AU22" s="15"/>
       <c r="AV22" s="28"/>
     </row>
     <row r="23" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="34">
         <v>17</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="29"/>
@@ -3280,94 +3294,94 @@
       <c r="H23" s="28"/>
       <c r="I23" s="33">
         <v>17</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="15"/>
       <c r="L23" s="28"/>
       <c r="M23" s="33">
         <v>17</v>
       </c>
       <c r="N23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="35">
         <v>17</v>
       </c>
       <c r="R23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="S23" s="31"/>
       <c r="T23" s="32"/>
-      <c r="U23" s="64">
-[...5 lines deleted...]
-      <c r="W23" s="66" t="s">
+      <c r="U23" s="50">
+        <v>17</v>
+      </c>
+      <c r="V23" s="51" t="s">
+        <v>15</v>
+      </c>
+      <c r="W23" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="X23" s="67"/>
+      <c r="X23" s="73"/>
       <c r="Y23" s="33">
         <v>17</v>
       </c>
       <c r="Z23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA23" s="15"/>
       <c r="AB23" s="28"/>
       <c r="AC23" s="33">
         <v>17</v>
       </c>
       <c r="AD23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE23" s="15"/>
       <c r="AF23" s="3"/>
       <c r="AG23" s="33">
         <v>17</v>
       </c>
       <c r="AH23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AI23" s="15"/>
       <c r="AJ23" s="28"/>
-      <c r="AK23" s="68">
-[...5 lines deleted...]
-      <c r="AM23" s="70" t="s">
+      <c r="AK23" s="52">
+        <v>17</v>
+      </c>
+      <c r="AL23" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="AM23" s="58" t="s">
         <v>37</v>
       </c>
-      <c r="AN23" s="71"/>
+      <c r="AN23" s="59"/>
       <c r="AO23" s="33">
         <v>17</v>
       </c>
       <c r="AP23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AQ23" s="15"/>
       <c r="AR23" s="28"/>
       <c r="AS23" s="33">
         <v>17</v>
       </c>
       <c r="AT23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU23" s="15"/>
       <c r="AV23" s="28"/>
     </row>
     <row r="24" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="35">
         <v>18</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="31"/>
@@ -3382,60 +3396,60 @@
       <c r="H24" s="28"/>
       <c r="I24" s="33">
         <v>18</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="15"/>
       <c r="L24" s="28"/>
       <c r="M24" s="34">
         <v>18</v>
       </c>
       <c r="N24" s="11" t="s">
         <v>16</v>
       </c>
       <c r="O24" s="29"/>
       <c r="P24" s="30"/>
       <c r="Q24" s="33">
         <v>18</v>
       </c>
       <c r="R24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="S24" s="15"/>
       <c r="T24" s="3"/>
-      <c r="U24" s="64">
-[...5 lines deleted...]
-      <c r="W24" s="66" t="s">
+      <c r="U24" s="50">
+        <v>18</v>
+      </c>
+      <c r="V24" s="51" t="s">
+        <v>18</v>
+      </c>
+      <c r="W24" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="X24" s="67"/>
+      <c r="X24" s="73"/>
       <c r="Y24" s="34">
         <v>18</v>
       </c>
       <c r="Z24" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AA24" s="29"/>
       <c r="AB24" s="30"/>
       <c r="AC24" s="33">
         <v>18</v>
       </c>
       <c r="AD24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AE24" s="15"/>
       <c r="AF24" s="28"/>
       <c r="AG24" s="33">
         <v>18</v>
       </c>
       <c r="AH24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AI24" s="15"/>
       <c r="AJ24" s="28"/>
       <c r="AK24" s="35">
@@ -3482,60 +3496,60 @@
       <c r="H25" s="28"/>
       <c r="I25" s="33">
         <v>19</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="15"/>
       <c r="L25" s="28"/>
       <c r="M25" s="35">
         <v>19</v>
       </c>
       <c r="N25" s="12" t="s">
         <v>19</v>
       </c>
       <c r="O25" s="31"/>
       <c r="P25" s="32"/>
       <c r="Q25" s="33">
         <v>19</v>
       </c>
       <c r="R25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="S25" s="15"/>
       <c r="T25" s="28"/>
-      <c r="U25" s="64">
-[...5 lines deleted...]
-      <c r="W25" s="66" t="s">
+      <c r="U25" s="50">
+        <v>19</v>
+      </c>
+      <c r="V25" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="W25" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="X25" s="67"/>
+      <c r="X25" s="73"/>
       <c r="Y25" s="35">
         <v>19</v>
       </c>
       <c r="Z25" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AA25" s="31"/>
       <c r="AB25" s="32"/>
       <c r="AC25" s="33">
         <v>19</v>
       </c>
       <c r="AD25" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AE25" s="15"/>
       <c r="AF25" s="28"/>
       <c r="AG25" s="34">
         <v>19</v>
       </c>
       <c r="AH25" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AI25" s="29"/>
       <c r="AJ25" s="30"/>
       <c r="AK25" s="33">
@@ -4070,54 +4084,54 @@
       </c>
       <c r="G31" s="15"/>
       <c r="H31" s="28"/>
       <c r="I31" s="33">
         <v>25</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="15"/>
       <c r="L31" s="28"/>
       <c r="M31" s="34">
         <v>25</v>
       </c>
       <c r="N31" s="11" t="s">
         <v>16</v>
       </c>
       <c r="O31" s="29"/>
       <c r="P31" s="30"/>
       <c r="Q31" s="33">
         <v>25</v>
       </c>
       <c r="R31" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="S31" s="59" t="s">
+      <c r="S31" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="T31" s="60"/>
+      <c r="T31" s="68"/>
       <c r="U31" s="33">
         <v>25</v>
       </c>
       <c r="V31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="W31" s="15"/>
       <c r="X31" s="28"/>
       <c r="Y31" s="34">
         <v>25</v>
       </c>
       <c r="Z31" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AA31" s="29"/>
       <c r="AB31" s="30"/>
       <c r="AC31" s="33">
         <v>25</v>
       </c>
       <c r="AD31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AE31" s="15"/>
       <c r="AF31" s="28"/>
       <c r="AG31" s="33">
@@ -4270,60 +4284,60 @@
       <c r="H33" s="28"/>
       <c r="I33" s="33">
         <v>27</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="15"/>
       <c r="L33" s="28"/>
       <c r="M33" s="33">
         <v>27</v>
       </c>
       <c r="N33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="3"/>
       <c r="Q33" s="33">
         <v>27</v>
       </c>
       <c r="R33" s="2" t="s">
         <v>15</v>
       </c>
       <c r="S33" s="15"/>
       <c r="T33" s="28"/>
-      <c r="U33" s="68">
+      <c r="U33" s="52">
         <v>27</v>
       </c>
-      <c r="V33" s="69" t="s">
-[...2 lines deleted...]
-      <c r="W33" s="70" t="s">
+      <c r="V33" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="W33" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="X33" s="71"/>
+      <c r="X33" s="59"/>
       <c r="Y33" s="33">
         <v>27</v>
       </c>
       <c r="Z33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AA33" s="15"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="33">
         <v>27</v>
       </c>
       <c r="AD33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AE33" s="15"/>
       <c r="AF33" s="28"/>
       <c r="AG33" s="35">
         <v>27</v>
       </c>
       <c r="AH33" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AI33" s="31"/>
       <c r="AJ33" s="32"/>
       <c r="AK33" s="33">
@@ -4370,60 +4384,60 @@
       <c r="H34" s="30"/>
       <c r="I34" s="34">
         <v>28</v>
       </c>
       <c r="J34" s="11" t="s">
         <v>16</v>
       </c>
       <c r="K34" s="29"/>
       <c r="L34" s="30"/>
       <c r="M34" s="33">
         <v>28</v>
       </c>
       <c r="N34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="33">
         <v>28</v>
       </c>
       <c r="R34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="S34" s="15"/>
       <c r="T34" s="28"/>
-      <c r="U34" s="72" t="s">
+      <c r="U34" s="54" t="s">
         <v>32</v>
       </c>
-      <c r="V34" s="73" t="s">
-[...2 lines deleted...]
-      <c r="W34" s="70" t="s">
+      <c r="V34" s="55" t="s">
+        <v>19</v>
+      </c>
+      <c r="W34" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="X34" s="71"/>
+      <c r="X34" s="59"/>
       <c r="Y34" s="33">
         <v>28</v>
       </c>
       <c r="Z34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AA34" s="15"/>
       <c r="AB34" s="28"/>
       <c r="AC34" s="33">
         <v>28</v>
       </c>
       <c r="AD34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AE34" s="15"/>
       <c r="AF34" s="28"/>
       <c r="AG34" s="33">
         <v>28</v>
       </c>
       <c r="AH34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AI34" s="15"/>
       <c r="AJ34" s="3"/>
       <c r="AK34" s="33">
@@ -4440,90 +4454,90 @@
       <c r="AP34" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AQ34" s="29"/>
       <c r="AR34" s="30"/>
       <c r="AS34" s="33">
         <v>28</v>
       </c>
       <c r="AT34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU34" s="15"/>
       <c r="AV34" s="3"/>
     </row>
     <row r="35" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="33">
         <v>29</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="15"/>
       <c r="D35" s="28"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
-      <c r="G35" s="55"/>
-      <c r="H35" s="56"/>
+      <c r="G35" s="60"/>
+      <c r="H35" s="61"/>
       <c r="I35" s="35">
         <v>29</v>
       </c>
       <c r="J35" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="31"/>
       <c r="L35" s="32" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="33">
         <v>29</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="28"/>
-      <c r="Q35" s="36">
+      <c r="Q35" s="42">
         <v>29</v>
       </c>
-      <c r="R35" s="37" t="s">
-[...2 lines deleted...]
-      <c r="S35" s="50" t="s">
+      <c r="R35" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="S35" s="74" t="s">
         <v>28</v>
       </c>
-      <c r="T35" s="51"/>
-      <c r="U35" s="64">
+      <c r="T35" s="75"/>
+      <c r="U35" s="50">
         <v>29</v>
       </c>
-      <c r="V35" s="65" t="s">
-[...2 lines deleted...]
-      <c r="W35" s="70" t="s">
+      <c r="V35" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="W35" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="X35" s="71"/>
+      <c r="X35" s="59"/>
       <c r="Y35" s="33">
         <v>29</v>
       </c>
       <c r="Z35" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AA35" s="15"/>
       <c r="AB35" s="28"/>
       <c r="AC35" s="34">
         <v>29</v>
       </c>
       <c r="AD35" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AE35" s="29"/>
       <c r="AF35" s="30"/>
       <c r="AG35" s="33">
         <v>29</v>
       </c>
       <c r="AH35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AI35" s="15"/>
       <c r="AJ35" s="28"/>
       <c r="AK35" s="33">
@@ -4540,90 +4554,90 @@
       <c r="AP35" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AQ35" s="31"/>
       <c r="AR35" s="32"/>
       <c r="AS35" s="33">
         <v>29</v>
       </c>
       <c r="AT35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AU35" s="15"/>
       <c r="AV35" s="28"/>
     </row>
     <row r="36" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="33">
         <v>30</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="15"/>
       <c r="D36" s="28"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
-      <c r="G36" s="55"/>
-      <c r="H36" s="56"/>
+      <c r="G36" s="60"/>
+      <c r="H36" s="61"/>
       <c r="I36" s="33">
         <v>30</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="15"/>
       <c r="L36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="33">
         <v>30</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="28"/>
-      <c r="Q36" s="38">
+      <c r="Q36" s="46">
         <v>30</v>
       </c>
-      <c r="R36" s="39" t="s">
-[...2 lines deleted...]
-      <c r="S36" s="50" t="s">
+      <c r="R36" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="S36" s="74" t="s">
         <v>28</v>
       </c>
-      <c r="T36" s="51"/>
-      <c r="U36" s="64">
+      <c r="T36" s="75"/>
+      <c r="U36" s="50">
         <v>30</v>
       </c>
-      <c r="V36" s="65" t="s">
-[...2 lines deleted...]
-      <c r="W36" s="70" t="s">
+      <c r="V36" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="W36" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="X36" s="71"/>
+      <c r="X36" s="59"/>
       <c r="Y36" s="33">
         <v>30</v>
       </c>
       <c r="Z36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AA36" s="15"/>
       <c r="AB36" s="28"/>
       <c r="AC36" s="35">
         <v>30</v>
       </c>
       <c r="AD36" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AE36" s="31"/>
       <c r="AF36" s="32"/>
       <c r="AG36" s="33">
         <v>30</v>
       </c>
       <c r="AH36" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AI36" s="15"/>
       <c r="AJ36" s="28"/>
       <c r="AK36" s="33">
@@ -4642,378 +4656,401 @@
       </c>
       <c r="AQ36" s="15"/>
       <c r="AR36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="AS36" s="33">
         <v>30</v>
       </c>
       <c r="AT36" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AU36" s="15"/>
       <c r="AV36" s="28"/>
     </row>
     <row r="37" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="34">
         <v>31</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="29"/>
       <c r="D37" s="30"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
-      <c r="G37" s="55"/>
-      <c r="H37" s="56"/>
+      <c r="G37" s="60"/>
+      <c r="H37" s="61"/>
       <c r="I37" s="33">
         <v>31</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="15"/>
       <c r="L37" s="28" t="s">
         <v>22</v>
       </c>
       <c r="M37" s="13"/>
       <c r="N37" s="14"/>
-      <c r="O37" s="55"/>
-[...1 lines deleted...]
-      <c r="Q37" s="40" t="s">
+      <c r="O37" s="60"/>
+      <c r="P37" s="61"/>
+      <c r="Q37" s="76" t="s">
         <v>36</v>
       </c>
-      <c r="R37" s="41" t="s">
-[...2 lines deleted...]
-      <c r="S37" s="50" t="s">
+      <c r="R37" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="S37" s="74" t="s">
         <v>28</v>
       </c>
-      <c r="T37" s="51"/>
+      <c r="T37" s="75"/>
       <c r="U37" s="13"/>
       <c r="V37" s="14"/>
-      <c r="W37" s="55"/>
-      <c r="X37" s="56"/>
+      <c r="W37" s="60"/>
+      <c r="X37" s="61"/>
       <c r="Y37" s="33">
         <v>31</v>
       </c>
       <c r="Z37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA37" s="15"/>
       <c r="AB37" s="28"/>
       <c r="AC37" s="33">
         <v>31</v>
       </c>
       <c r="AD37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE37" s="15"/>
       <c r="AF37" s="28"/>
       <c r="AG37" s="13"/>
       <c r="AH37" s="14"/>
-      <c r="AI37" s="55"/>
-      <c r="AJ37" s="56"/>
+      <c r="AI37" s="60"/>
+      <c r="AJ37" s="61"/>
       <c r="AK37" s="34">
         <v>31</v>
       </c>
       <c r="AL37" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AM37" s="29"/>
       <c r="AN37" s="30"/>
       <c r="AO37" s="13"/>
       <c r="AP37" s="14"/>
-      <c r="AQ37" s="55"/>
-      <c r="AR37" s="56"/>
+      <c r="AQ37" s="60"/>
+      <c r="AR37" s="61"/>
       <c r="AS37" s="33">
         <v>31</v>
       </c>
       <c r="AT37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU37" s="15"/>
       <c r="AV37" s="28"/>
     </row>
   </sheetData>
-  <mergeCells count="51">
-[...4 lines deleted...]
-    <mergeCell ref="AI12:AJ12"/>
+  <mergeCells count="52">
+    <mergeCell ref="AM22:AN22"/>
+    <mergeCell ref="AQ20:AR20"/>
+    <mergeCell ref="AI8:AJ8"/>
+    <mergeCell ref="AQ19:AR19"/>
+    <mergeCell ref="AQ17:AR17"/>
+    <mergeCell ref="AQ16:AR16"/>
+    <mergeCell ref="AQ18:AR18"/>
+    <mergeCell ref="AQ21:AR21"/>
+    <mergeCell ref="AA7:AB7"/>
+    <mergeCell ref="AS6:AV6"/>
+    <mergeCell ref="AC6:AF6"/>
+    <mergeCell ref="AG6:AJ6"/>
+    <mergeCell ref="AK6:AN6"/>
+    <mergeCell ref="AO6:AR6"/>
+    <mergeCell ref="O37:P37"/>
+    <mergeCell ref="W37:X37"/>
+    <mergeCell ref="S20:T20"/>
+    <mergeCell ref="S31:T31"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="W25:X25"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="W35:X35"/>
+    <mergeCell ref="W36:X36"/>
+    <mergeCell ref="S36:T36"/>
     <mergeCell ref="AM23:AN23"/>
     <mergeCell ref="AQ37:AR37"/>
     <mergeCell ref="AI37:AJ37"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="I6:L6"/>
     <mergeCell ref="M6:P6"/>
     <mergeCell ref="Q6:T6"/>
     <mergeCell ref="U6:X6"/>
     <mergeCell ref="Y6:AB6"/>
     <mergeCell ref="G37:H37"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="G36:H36"/>
+    <mergeCell ref="S37:T37"/>
+    <mergeCell ref="AI9:AJ9"/>
+    <mergeCell ref="AI10:AJ10"/>
+    <mergeCell ref="AI11:AJ11"/>
+    <mergeCell ref="AI12:AJ12"/>
     <mergeCell ref="S35:T35"/>
-    <mergeCell ref="O37:P37"/>
-[...27 lines deleted...]
-    <mergeCell ref="AQ20:AR20"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="AT1" r:id="rId1" display="© www.kalenderpedia.de" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="U28" r:id="rId2" display="http://www.kalenderpedia.de/" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.27559055118110237" bottom="0.27559055118110237" header="0.27559055118110237" footer="0.27559055118110237"/>
   <pageSetup paperSize="9" scale="75" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <m7aa2674883f455cae96e89d73cb7650 xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </m7aa2674883f455cae96e89d73cb7650>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7ab66fd7-2fcd-4339-9930-d64e386a1733">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100DD7D1E127D74024AA7C35E8F5ACC3B72" ma:contentTypeVersion="21" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="a6d83b6898787bd6b8237ef0b0591859">
-[...2 lines deleted...]
-    <xsd:import namespace="61642c47-aea8-401a-a1b9-f70e146aa0c2"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100EF6849FD25605C42B3411A65CD3DE047" ma:contentTypeVersion="22" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="3b4a46bd7f0d28e4117a7bc69705d939">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="86f1a591-7453-4fe5-92ac-8341a05513cf" xmlns:ns3="7ab66fd7-2fcd-4339-9930-d64e386a1733" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ad4a5e2e30932e4955c5c18b3904849c" ns2:_="" ns3:_="">
+    <xsd:import namespace="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
+    <xsd:import namespace="7ab66fd7-2fcd-4339-9930-d64e386a1733"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:m7aa2674883f455cae96e89d73cb7650" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c0623821-50af-4891-8867-1e33d93bbfb4" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="86f1a591-7453-4fe5-92ac-8341a05513cf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxKeywordTaxHTField" ma:index="7" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Unternehmensstichwörter" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Unternehmensstichwörter" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="8" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{545d1337-7678-4bcb-a23f-33f312598725}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c0623821-50af-4891-8867-1e33d93bbfb4">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b764551d-6e17-48c2-a006-ee008579410d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="86f1a591-7453-4fe5-92ac-8341a05513cf">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="m7aa2674883f455cae96e89d73cb7650" ma:index="10" nillable="true" ma:taxonomy="true" ma:internalName="m7aa2674883f455cae96e89d73cb7650" ma:taxonomyFieldName="ManagedKeyword" ma:displayName="Verwaltetes Stichwort" ma:default="" ma:fieldId="{67aa2674-883f-455c-ae96-e89d73cb7650}" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="d5a49cda-06ce-400c-a7a4-cfdc8cb3f84e" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="m7aa2674883f455cae96e89d73cb7650" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="m7aa2674883f455cae96e89d73cb7650" ma:taxonomyFieldName="ManagedKeyword" ma:displayName="Verwaltetes Stichwort" ma:default="" ma:fieldId="{67aa2674-883f-455c-ae96-e89d73cb7650}" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="d5a49cda-06ce-400c-a7a4-cfdc8cb3f84e" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="24" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="23" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="25" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="24" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="61642c47-aea8-401a-a1b9-f70e146aa0c2" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ab66fd7-2fcd-4339-9930-d64e386a1733" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="15" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="20" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="25" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="28" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="26" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="29" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Titel"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5059,87 +5096,79 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BE1BDC8-71B7-4EEC-86F9-988709A5DA92}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D368C91-2939-4EBC-85DA-0439D0920D42}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
     <ds:schemaRef ds:uri="7ab66fd7-2fcd-4339-9930-d64e386a1733"/>
     <ds:schemaRef ds:uri="c0623821-50af-4891-8867-1e33d93bbfb4"/>
     <ds:schemaRef ds:uri="61642c47-aea8-401a-a1b9-f70e146aa0c2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49CDD821-06F2-47F2-A8AC-C5CF563C26E4}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BE1BDC8-71B7-4EEC-86F9-988709A5DA92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -5157,41 +5186,41 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Kalender 2022</dc:title>
   <dc:subject/>
   <dc:creator>© Kalenderpedia®</dc:creator>
   <cp:keywords/>
   <dc:description>www.kalenderpedia.de - Informationen zum Kalender</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100DD7D1E127D74024AA7C35E8F5ACC3B72</vt:lpwstr>
+    <vt:lpwstr>0x010100EF6849FD25605C42B3411A65CD3DE047</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>45400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ManagedKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>